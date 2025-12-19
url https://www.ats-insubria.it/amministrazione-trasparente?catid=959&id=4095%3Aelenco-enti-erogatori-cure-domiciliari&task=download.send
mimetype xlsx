--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,80 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://atsinsubria.sharepoint.com/sites/UOD_PRESA_IN_CARICO_TERRITORIALE/Documenti condivisi/ELENCHI ENTI EROGATORI/CURE DOMICILIARI/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="82" documentId="11_FBFDBAE9540AD29A0446F918CD3FCFA4BD94DB02" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{9477DBB3-0E26-4432-9DE0-7B788E319954}"/>
+  <xr:revisionPtr revIDLastSave="65" documentId="11_840AFF2A3702989E3505CBED6AB29254C539F470" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{DBFD99E9-14A5-402C-9F4A-F2FC81C4BEF0}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="TABELLA" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">TABELLA!$A$1:$G$214</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">TABELLA!$A$1:$G$220</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1488" uniqueCount="219">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1530" uniqueCount="228">
   <si>
     <t>Area Territoriale</t>
   </si>
   <si>
     <t>ASST di Riferimento</t>
   </si>
   <si>
     <t>Nominativo UNITA' D'OFFERTA ADI</t>
   </si>
   <si>
     <t>Comune Sede  Operativa</t>
   </si>
   <si>
     <t xml:space="preserve">Indirizzo </t>
   </si>
   <si>
     <t>Telefono</t>
   </si>
   <si>
     <t>e-mail</t>
   </si>
   <si>
     <t>ARCISATE</t>
   </si>
   <si>
@@ -574,65 +575,50 @@
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>*</t>
     </r>
   </si>
   <si>
     <r>
       <t>CURE GENTILI</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>*</t>
     </r>
   </si>
   <si>
     <r>
-      <t>CURE GENTILI</t>
-[...13 lines deleted...]
-    <r>
       <t>CURE DOMICILIARI MARIA IMMACOLATA</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>*</t>
     </r>
   </si>
   <si>
     <t>C-DOM CURE DOMICILIARI ASST VALLE OLONA</t>
   </si>
   <si>
     <t>via Fiume, 12</t>
   </si>
   <si>
     <t>02.9613923</t>
   </si>
   <si>
     <t>curedomiciliari.saronno@asst-valleolona.it</t>
@@ -688,57 +674,51 @@
   <si>
     <t>info@aquadom.it</t>
   </si>
   <si>
     <t>FINISTERRE S.r.l.</t>
   </si>
   <si>
     <t>ORIGGIO (VA)</t>
   </si>
   <si>
     <t>via per Cantalupo, 5</t>
   </si>
   <si>
     <t>VEDANO OLONA ( VA)</t>
   </si>
   <si>
     <t>Vicolo Poretti Magnani,4</t>
   </si>
   <si>
     <t>0332.400683-0332.400132</t>
   </si>
   <si>
     <t>info@porettimagnani.it</t>
   </si>
   <si>
-    <t>ADOMI CURE DOMICILIARI*</t>
-[...1 lines deleted...]
-  <si>
     <t>info@adomi.it</t>
-  </si>
-[...1 lines deleted...]
-    <t>CURE GENTILI*</t>
   </si>
   <si>
     <t>Via Luigi Mercantini, 15</t>
   </si>
   <si>
     <t>02.70017387</t>
   </si>
   <si>
     <t>BARANZATE(MI)</t>
   </si>
   <si>
     <t>Via Alessandro Manzoni, 28</t>
   </si>
   <si>
     <t xml:space="preserve"> 02 3825.3101</t>
   </si>
   <si>
     <t xml:space="preserve"> adi.mi.palazzolo@dongnocchi.it</t>
   </si>
   <si>
     <t>ADI FONDAZIONE DON CARLO GNOCCHI ONLUS</t>
   </si>
   <si>
     <t>via dei Mille 5</t>
   </si>
@@ -858,131 +838,243 @@
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>*</t>
     </r>
   </si>
   <si>
     <r>
       <t>FONDAZIONE ANGELO PORETTI E ANGELO MAGNANI</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>*</t>
     </r>
   </si>
+  <si>
+    <t>via Campigli, 43</t>
+  </si>
+  <si>
+    <t>0332.327911 int. 2</t>
+  </si>
+  <si>
+    <t>cdom.varese@sacrafamiglia.org</t>
+  </si>
+  <si>
+    <r>
+      <t>C-DOM FONDAZIONE SACRA FAMIGLIA ONLUS</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>*</t>
+    </r>
+  </si>
+  <si>
+    <t>ADOMI CURE DOMICILIARI BRIANZA*</t>
+  </si>
+  <si>
+    <t>CESANO MADERNO</t>
+  </si>
+  <si>
+    <t>Via Cavour, 1</t>
+  </si>
+  <si>
+    <t>03621900458</t>
+  </si>
+  <si>
+    <r>
+      <t>ADOMI CURE DOMICILIARI</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>*</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>C-DOM SOCIETA' DOLCE</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>*</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>ADOMI CURE DOMICILIARI BRIANZA</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>*</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>LA CASA DEL SOLE S.R.L.</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>*</t>
+    </r>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="14"/>
-[...5 lines deleted...]
-    <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="3" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -1093,113 +1185,114 @@
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="38">
+  <cellXfs count="39">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="4" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" quotePrefix="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Collegamento ipertestuale" xfId="1" builtinId="8"/>
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="12">
     <dxf>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right/>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
         <vertical style="thin">
@@ -1439,54 +1532,54 @@
     <mruColors>
       <color rgb="FFFF99CC"/>
       <color rgb="FFFF99FF"/>
       <color rgb="FF99FF99"/>
       <color rgb="FF33CC33"/>
       <color rgb="FF66FF66"/>
       <color rgb="FFFF9900"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Tabella3" displayName="Tabella3" ref="A1:G214" totalsRowShown="0" headerRowDxfId="11" dataDxfId="9" headerRowBorderDxfId="10" tableBorderDxfId="8" totalsRowBorderDxfId="7">
-[...2 lines deleted...]
-    <sortCondition ref="A1:A222"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Tabella3" displayName="Tabella3" ref="A1:G220" totalsRowShown="0" headerRowDxfId="11" dataDxfId="9" headerRowBorderDxfId="10" tableBorderDxfId="8" totalsRowBorderDxfId="7">
+  <autoFilter ref="A1:G220" xr:uid="{00000000-0009-0000-0100-000003000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:G220">
+    <sortCondition ref="A1:A220"/>
   </sortState>
   <tableColumns count="7">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Area Territoriale" dataDxfId="6"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="ASST di Riferimento" dataDxfId="5"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Nominativo UNITA' D'OFFERTA ADI" dataDxfId="4"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Comune Sede  Operativa" dataDxfId="3"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="Indirizzo " dataDxfId="2"/>
     <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="Telefono" dataDxfId="1"/>
     <tableColumn id="8" xr3:uid="{00000000-0010-0000-0000-000008000000}" name="e-mail" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight13" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1719,162 +1812,162 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:serviziterritoriali@laprovvidenzaonlus.it" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:curedomiciliari.saronno@asst-valleolona.it" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.quaranta@societadolce.it" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.quaranta@societadolce.it" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:insubria@acasatuasrl.it&#160;" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adi@fondazionecaseriposoriunite.it" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:c-dom@asst-lariana.it" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cure.domiciliari@asst-settelaghi.it" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:insubria@osa.coop" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:curedomiciliari.saronno@asst-valleolona.it" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cure.domiciliari@asst-settelaghi.it" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:domiciliari.raimondi@argentumsalute.it" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monzabrianza@lacasadelsole.net" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.quaranta@societadolce.it" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adi@fondazionecaseriposoriunite.it" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adigemi@gruppobini.it" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:c-dom@asst-lariana.it" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cure.domiciliari.insubria@lavillaspa.it" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:curedomiciliari.saronno@asst-valleolona.it" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cure.domiciliari@asst-settelaghi.it" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cure.domiciliari@asst-settelaghi.it" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:domiciliari.raimondi@argentumsalute.it" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@porettimagnani.it" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.quaranta@societadolce.it" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:insubria@osa.coop" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adi@fondazionecaseriposoriunite.it" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:insubria@osa.coop" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:c-dom@asst-lariana.it" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:insubria@osa.coop" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cure.domiciliari@asst-settelaghi.it" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:domiciliari.raimondi@argentumsalute.it" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monzabrianza@lacasadelsole.net" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.quaranta@societadolce.it" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:c-dom@asst-lariana.it" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adigemi@gruppobini.it" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adi@fondazionecaseriposoriunite.it" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adi.como@paxme.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:c-dom@asst-lariana.it" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:curedomiciliari.saronno@asst-valleolona.it" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cure.domiciliari@asst-settelaghi.it" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:domiciliari.raimondi@argentumsalute.it" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@adomi.it" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:insubria@osa.coop" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cure.domiciliari@asst-settelaghi.it" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adigemi@gruppobini.it" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.quaranta@societadolce.it" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adi@giuseppinaprina.it" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:insubria@osa.coop" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segreteria@anffasmenaggio.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:c-dom@asst-lariana.it" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:domiciliari.raimondi@argentumsalute.it" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:serviziterritoriali@laprovvidenzaonlus.it" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:curedomiciliari.saronno@asst-valleolona.it" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.quaranta@societadolce.it" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.quaranta@societadolce.it" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adi@fondazionecaseriposoriunite.it" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:c-dom@asst-lariana.it" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cure.domiciliari@asst-settelaghi.it" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:insubria@osa.coop" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:curedomiciliari.saronno@asst-valleolona.it" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cure.domiciliari@asst-settelaghi.it" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:domiciliari.raimondi@argentumsalute.it" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monzabrianza@lacasadelsole.net" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.quaranta@societadolce.it" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@adomi.it" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adi@fondazionecaseriposoriunite.it" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adigemi@gruppobini.it" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:c-dom@asst-lariana.it" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cure.domiciliari.insubria@lavillaspa.it" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:curedomiciliari.saronno@asst-valleolona.it" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cure.domiciliari@asst-settelaghi.it" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cure.domiciliari@asst-settelaghi.it" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:domiciliari.raimondi@argentumsalute.it" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@porettimagnani.it" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.quaranta@societadolce.it" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cdom.varese@sacrafamiglia.org" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:insubria@osa.coop" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cdom.varese@sacrafamiglia.org" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adi@fondazionecaseriposoriunite.it" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:insubria@osa.coop" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:c-dom@asst-lariana.it" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:insubria@osa.coop" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cure.domiciliari@asst-settelaghi.it" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:domiciliari.raimondi@argentumsalute.it" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monzabrianza@lacasadelsole.net" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.quaranta@societadolce.it" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:c-dom@asst-lariana.it" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adigemi@gruppobini.it" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cdom.varese@sacrafamiglia.org" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adi@fondazionecaseriposoriunite.it" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adi.como@paxme.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:c-dom@asst-lariana.it" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:curedomiciliari.saronno@asst-valleolona.it" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cure.domiciliari@asst-settelaghi.it" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:domiciliari.raimondi@argentumsalute.it" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@adomi.it" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:insubria@osa.coop" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cure.domiciliari@asst-settelaghi.it" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adigemi@gruppobini.it" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.quaranta@societadolce.it" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@adomi.it" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adi@giuseppinaprina.it" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:insubria@osa.coop" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:segreteria@anffasmenaggio.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:c-dom@asst-lariana.it" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:domiciliari.raimondi@argentumsalute.it" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@aquadom.it" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:insubria@acasatuasrl.it&#160;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cdom.varese@sacrafamiglia.org" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:G216"/>
+  <dimension ref="A1:G222"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C182" sqref="C182"/>
+      <selection activeCell="A153" sqref="A153:XFD162"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="28.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="82.28515625" style="11" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="47.5703125" customWidth="1"/>
     <col min="5" max="5" width="51.85546875" customWidth="1"/>
     <col min="6" max="6" width="49.140625" customWidth="1"/>
     <col min="7" max="8" width="75.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="10" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="6" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="6" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="3" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="G3" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G4" s="19" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G5" s="9" t="s">
         <v>21</v>
       </c>
     </row>
@@ -1887,178 +1980,178 @@
       </c>
       <c r="C6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="9" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="D7" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="D7" s="1" t="s">
+      <c r="E7" s="1" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>26</v>
       </c>
       <c r="G7" s="9" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>28</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>30</v>
       </c>
       <c r="G8" s="9" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="3" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="23" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G9" s="9" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
     </row>
     <row r="10" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="3" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="G11" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
     </row>
     <row r="12" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="19" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>19</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G13" s="9" t="s">
         <v>21</v>
       </c>
     </row>
@@ -2074,129 +2167,129 @@
       </c>
       <c r="D14" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="9" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="D15" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="E15" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="E15" s="1" t="s">
+      <c r="F15" s="1" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="G15" s="9" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="D16" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="D16" s="1" t="s">
+      <c r="E16" s="1" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>26</v>
       </c>
       <c r="G16" s="9" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>37</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>38</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>39</v>
       </c>
       <c r="G17" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F18" s="23" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G18" s="9" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>43</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>44</v>
       </c>
       <c r="G19" s="9" t="s">
         <v>45</v>
       </c>
     </row>
@@ -2232,4606 +2325,4750 @@
       </c>
       <c r="C21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>51</v>
       </c>
       <c r="F21" s="2">
         <v>800990161</v>
       </c>
       <c r="G21" s="9" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B22" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="F22" s="2" t="s">
         <v>213</v>
       </c>
-      <c r="D22" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G22" s="36" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="8" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>54</v>
+        <v>8</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>170</v>
+        <v>219</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>55</v>
+        <v>18</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>171</v>
-[...5 lines deleted...]
-        <v>173</v>
+        <v>216</v>
+      </c>
+      <c r="F23" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="G23" s="38" t="s">
+        <v>218</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>213</v>
+        <v>169</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>182</v>
+        <v>55</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>214</v>
-[...5 lines deleted...]
-        <v>215</v>
+        <v>170</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="G24" s="37" t="s">
+        <v>172</v>
       </c>
     </row>
     <row r="25" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>9</v>
+        <v>181</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>10</v>
-[...5 lines deleted...]
-        <v>12</v>
+        <v>211</v>
+      </c>
+      <c r="F25" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="G25" s="36" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="26" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>13</v>
+        <v>206</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>178</v>
+        <v>11</v>
+      </c>
+      <c r="G26" s="9" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>19</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>15</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G27" s="19" t="s">
+        <v>177</v>
       </c>
     </row>
     <row r="28" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B28" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>23</v>
-[...8 lines deleted...]
-    <row r="29" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>19</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>152</v>
+        <v>22</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>208</v>
+        <v>18</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>23</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>56</v>
       </c>
       <c r="G29" s="9" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B30" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>35</v>
+        <v>152</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>175</v>
+        <v>205</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>177</v>
+        <v>142</v>
+      </c>
+      <c r="F30" s="12" t="s">
+        <v>143</v>
       </c>
       <c r="G30" s="9" t="s">
-        <v>36</v>
+        <v>144</v>
       </c>
     </row>
     <row r="31" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>179</v>
+        <v>35</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>26</v>
+        <v>176</v>
       </c>
       <c r="G31" s="9" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
     </row>
     <row r="32" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B32" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>57</v>
+        <v>178</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>58</v>
+        <v>179</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>59</v>
+        <v>180</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="G32" s="9" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
     </row>
     <row r="33" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G33" s="9" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B34" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>154</v>
+        <v>62</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>141</v>
+        <v>64</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>65</v>
       </c>
       <c r="G34" s="9" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>67</v>
+        <v>154</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>140</v>
+      </c>
+      <c r="F35" s="13" t="s">
+        <v>141</v>
       </c>
       <c r="G35" s="9" t="s">
-        <v>70</v>
+        <v>165</v>
       </c>
     </row>
     <row r="36" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B36" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>195</v>
+        <v>67</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>193</v>
+        <v>68</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>69</v>
       </c>
       <c r="G36" s="9" t="s">
-        <v>194</v>
+        <v>70</v>
       </c>
     </row>
     <row r="37" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>41</v>
+        <v>192</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>33</v>
+      </c>
+      <c r="F37" s="23" t="s">
+        <v>190</v>
       </c>
       <c r="G37" s="9" t="s">
-        <v>45</v>
+        <v>191</v>
       </c>
     </row>
     <row r="38" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B38" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>71</v>
+        <v>44</v>
       </c>
       <c r="G38" s="9" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
     </row>
     <row r="39" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>800990161</v>
+        <v>47</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>71</v>
       </c>
       <c r="G39" s="9" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B40" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>72</v>
+        <v>50</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>51</v>
+      </c>
+      <c r="F40" s="2">
+        <v>800990161</v>
       </c>
       <c r="G40" s="9" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>155</v>
+        <v>72</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>135</v>
+        <v>73</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>174</v>
+        <v>74</v>
       </c>
       <c r="G41" s="9" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B42" s="4" t="s">
         <v>54</v>
       </c>
-      <c r="C42" s="1" t="s">
-        <v>158</v>
+      <c r="C42" s="3" t="s">
+        <v>155</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>119</v>
+        <v>18</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>160</v>
+        <v>135</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>173</v>
       </c>
       <c r="G42" s="9" t="s">
-        <v>161</v>
+        <v>136</v>
       </c>
     </row>
     <row r="43" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="8" t="s">
-        <v>76</v>
+        <v>53</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>54</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>157</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>14</v>
+        <v>119</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>178</v>
+        <v>158</v>
+      </c>
+      <c r="F43" s="12" t="s">
+        <v>159</v>
+      </c>
+      <c r="G43" s="9" t="s">
+        <v>160</v>
       </c>
     </row>
     <row r="44" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="8" t="s">
         <v>76</v>
       </c>
       <c r="B44" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>145</v>
+        <v>13</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>148</v>
+        <v>14</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>149</v>
-[...5 lines deleted...]
-        <v>146</v>
+        <v>15</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G44" s="19" t="s">
+        <v>177</v>
       </c>
     </row>
     <row r="45" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="8" t="s">
         <v>76</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>22</v>
+        <v>145</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>18</v>
+        <v>148</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>149</v>
+      </c>
+      <c r="F45" s="12" t="s">
+        <v>147</v>
       </c>
       <c r="G45" s="9" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="8" t="s">
         <v>76</v>
       </c>
       <c r="B46" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>152</v>
+        <v>22</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>208</v>
+        <v>18</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>142</v>
+        <v>23</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>143</v>
+        <v>78</v>
       </c>
       <c r="G46" s="9" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A47" s="8" t="s">
         <v>76</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>80</v>
+        <v>152</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>81</v>
+        <v>205</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>82</v>
+        <v>142</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>83</v>
+        <v>143</v>
       </c>
       <c r="G47" s="9" t="s">
-        <v>84</v>
+        <v>144</v>
       </c>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" s="8" t="s">
         <v>76</v>
       </c>
       <c r="B48" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="G48" s="9" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A49" s="8" t="s">
         <v>76</v>
       </c>
       <c r="B49" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>195</v>
+        <v>85</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>32</v>
+        <v>86</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>193</v>
+        <v>87</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>88</v>
       </c>
       <c r="G49" s="9" t="s">
-        <v>194</v>
+        <v>89</v>
       </c>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A50" s="8" t="s">
         <v>76</v>
       </c>
       <c r="B50" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>50</v>
+        <v>192</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>800990161</v>
+        <v>33</v>
+      </c>
+      <c r="F50" s="23" t="s">
+        <v>190</v>
       </c>
       <c r="G50" s="9" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A51" s="8" t="s">
         <v>76</v>
       </c>
       <c r="B51" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>91</v>
+        <v>18</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>51</v>
+      </c>
+      <c r="F51" s="2">
+        <v>800990161</v>
       </c>
       <c r="G51" s="9" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="8" t="s">
         <v>76</v>
       </c>
       <c r="B52" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>179</v>
+        <v>90</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>180</v>
+        <v>91</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>181</v>
+        <v>193</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>92</v>
+      </c>
+      <c r="G52" s="9" t="s">
+        <v>93</v>
       </c>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A53" s="8" t="s">
         <v>76</v>
       </c>
       <c r="B53" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>94</v>
+        <v>178</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>91</v>
+        <v>179</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>95</v>
-[...8 lines deleted...]
-    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
+        <v>180</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="G53" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A54" s="8" t="s">
         <v>76</v>
       </c>
       <c r="B54" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>98</v>
+        <v>226</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>99</v>
+        <v>221</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>100</v>
-[...5 lines deleted...]
-        <v>102</v>
+        <v>222</v>
+      </c>
+      <c r="F54" s="12" t="s">
+        <v>223</v>
+      </c>
+      <c r="G54" s="36" t="s">
+        <v>185</v>
       </c>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A55" s="8" t="s">
         <v>76</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>77</v>
       </c>
-      <c r="C55" s="28" t="s">
-        <v>201</v>
+      <c r="C55" s="3" t="s">
+        <v>94</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>197</v>
+        <v>91</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>198</v>
-[...5 lines deleted...]
-        <v>200</v>
+        <v>95</v>
+      </c>
+      <c r="F55" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="G55" s="9" t="s">
+        <v>97</v>
       </c>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="8" t="s">
         <v>76</v>
       </c>
       <c r="B56" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>212</v>
+        <v>98</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>101</v>
+      </c>
+      <c r="G56" s="9" t="s">
+        <v>102</v>
       </c>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57" s="8" t="s">
-        <v>103</v>
+        <v>76</v>
       </c>
       <c r="B57" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>13</v>
+        <v>198</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>14</v>
+        <v>194</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>178</v>
+        <v>195</v>
+      </c>
+      <c r="F57" s="18" t="s">
+        <v>196</v>
+      </c>
+      <c r="G57" s="15" t="s">
+        <v>197</v>
       </c>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A58" s="8" t="s">
-        <v>103</v>
+        <v>76</v>
       </c>
       <c r="B58" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>50</v>
+        <v>209</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>18</v>
+        <v>91</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>51</v>
-[...5 lines deleted...]
-        <v>52</v>
+        <v>105</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>106</v>
       </c>
     </row>
     <row r="59" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A59" s="8" t="s">
         <v>103</v>
       </c>
       <c r="B59" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>145</v>
+        <v>13</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>148</v>
+        <v>14</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>149</v>
-[...5 lines deleted...]
-        <v>146</v>
+        <v>15</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G59" s="19" t="s">
+        <v>177</v>
       </c>
     </row>
     <row r="60" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A60" s="8" t="s">
         <v>103</v>
       </c>
       <c r="B60" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>91</v>
+        <v>18</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>51</v>
+      </c>
+      <c r="F60" s="2">
+        <v>800990161</v>
       </c>
       <c r="G60" s="9" t="s">
-        <v>93</v>
+        <v>52</v>
       </c>
     </row>
     <row r="61" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A61" s="8" t="s">
         <v>103</v>
       </c>
       <c r="B61" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>104</v>
+        <v>145</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>91</v>
+        <v>148</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>105</v>
-[...8 lines deleted...]
-    <row r="62" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>149</v>
+      </c>
+      <c r="F61" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="G61" s="15" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A62" s="8" t="s">
         <v>103</v>
       </c>
       <c r="B62" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>22</v>
+        <v>90</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>18</v>
+        <v>91</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>23</v>
+        <v>193</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>78</v>
+        <v>92</v>
       </c>
       <c r="G62" s="9" t="s">
-        <v>79</v>
+        <v>93</v>
       </c>
     </row>
     <row r="63" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A63" s="8" t="s">
         <v>103</v>
       </c>
       <c r="B63" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>91</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>97</v>
+        <v>105</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="G63" t="s">
+        <v>106</v>
       </c>
     </row>
     <row r="64" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="8" t="s">
         <v>103</v>
       </c>
       <c r="B64" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>179</v>
+        <v>22</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>180</v>
+        <v>18</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>181</v>
+        <v>23</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="G64" s="9" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A65" s="8" t="s">
         <v>103</v>
       </c>
       <c r="B65" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>195</v>
+        <v>94</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>32</v>
+        <v>91</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>33</v>
-[...5 lines deleted...]
-        <v>194</v>
+        <v>95</v>
+      </c>
+      <c r="F65" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="G65" s="14" t="s">
+        <v>97</v>
       </c>
     </row>
     <row r="66" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="8" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="B66" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>212</v>
+        <v>178</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>91</v>
+        <v>179</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>105</v>
+        <v>180</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>26</v>
+      </c>
+      <c r="G66" s="9" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="67" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A67" s="8" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="B67" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C67" s="3" t="s">
-        <v>13</v>
+        <v>192</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>178</v>
+        <v>33</v>
+      </c>
+      <c r="F67" s="23" t="s">
+        <v>190</v>
+      </c>
+      <c r="G67" s="9" t="s">
+        <v>191</v>
       </c>
     </row>
     <row r="68" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="8" t="s">
         <v>107</v>
       </c>
       <c r="B68" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>145</v>
+        <v>209</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>148</v>
+        <v>91</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>149</v>
+        <v>105</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-        <v>146</v>
+        <v>161</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>106</v>
       </c>
     </row>
     <row r="69" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="8" t="s">
         <v>107</v>
       </c>
       <c r="B69" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>98</v>
+        <v>13</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>99</v>
+        <v>14</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>100</v>
+        <v>15</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>16</v>
+      </c>
+      <c r="G69" s="19" t="s">
+        <v>177</v>
       </c>
     </row>
     <row r="70" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="8" t="s">
         <v>107</v>
       </c>
       <c r="B70" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>179</v>
+        <v>145</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>180</v>
+        <v>148</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>181</v>
+        <v>149</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>147</v>
+      </c>
+      <c r="G70" s="15" t="s">
+        <v>146</v>
       </c>
     </row>
     <row r="71" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="8" t="s">
         <v>107</v>
       </c>
       <c r="B71" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>108</v>
+        <v>98</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-        <v>111</v>
+        <v>101</v>
+      </c>
+      <c r="G71" s="9" t="s">
+        <v>102</v>
       </c>
     </row>
     <row r="72" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="8" t="s">
         <v>107</v>
       </c>
       <c r="B72" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>50</v>
+        <v>178</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>18</v>
+        <v>179</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>800990161</v>
+        <v>180</v>
+      </c>
+      <c r="F72" s="1" t="s">
+        <v>26</v>
       </c>
       <c r="G72" s="9" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
     </row>
     <row r="73" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="8" t="s">
         <v>107</v>
       </c>
       <c r="B73" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C73" s="3" t="s">
-        <v>94</v>
+        <v>108</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>91</v>
+        <v>109</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>97</v>
+        <v>110</v>
+      </c>
+      <c r="F73" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="G73" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="74" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="8" t="s">
         <v>107</v>
       </c>
       <c r="B74" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>91</v>
+        <v>18</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>51</v>
+      </c>
+      <c r="F74" s="2">
+        <v>800990161</v>
       </c>
       <c r="G74" s="9" t="s">
-        <v>93</v>
+        <v>52</v>
       </c>
     </row>
     <row r="75" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="8" t="s">
         <v>107</v>
       </c>
       <c r="B75" s="4" t="s">
         <v>77</v>
       </c>
-      <c r="C75" s="11" t="s">
-        <v>22</v>
+      <c r="C75" s="3" t="s">
+        <v>94</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>18</v>
+        <v>91</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>23</v>
-[...5 lines deleted...]
-        <v>79</v>
+        <v>95</v>
+      </c>
+      <c r="F75" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="G75" s="14" t="s">
+        <v>97</v>
       </c>
     </row>
     <row r="76" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="8" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B76" s="4" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>170</v>
+        <v>90</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>55</v>
+        <v>91</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>171</v>
+        <v>193</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>172</v>
+        <v>92</v>
       </c>
       <c r="G76" s="9" t="s">
-        <v>173</v>
+        <v>93</v>
       </c>
     </row>
     <row r="77" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="8" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B77" s="4" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>209</v>
+        <v>77</v>
+      </c>
+      <c r="C77" s="11" t="s">
+        <v>22</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>11</v>
+        <v>78</v>
       </c>
       <c r="G77" s="9" t="s">
-        <v>12</v>
+        <v>79</v>
       </c>
     </row>
     <row r="78" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="8" t="s">
         <v>112</v>
       </c>
       <c r="B78" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>13</v>
+        <v>169</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>14</v>
+        <v>55</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>15</v>
+        <v>170</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>178</v>
+        <v>171</v>
+      </c>
+      <c r="G78" s="9" t="s">
+        <v>172</v>
       </c>
     </row>
     <row r="79" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="8" t="s">
         <v>112</v>
       </c>
       <c r="B79" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>17</v>
+        <v>206</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="G79" s="9" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="80" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="8" t="s">
         <v>112</v>
       </c>
       <c r="B80" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>72</v>
+        <v>13</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>73</v>
+        <v>15</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>16</v>
+      </c>
+      <c r="G80" s="19" t="s">
+        <v>177</v>
       </c>
     </row>
     <row r="81" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="8" t="s">
         <v>112</v>
       </c>
       <c r="B81" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C81" s="3" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="G81" s="9" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="82" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="8" t="s">
         <v>112</v>
       </c>
       <c r="B82" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>35</v>
+        <v>72</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>175</v>
+        <v>42</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>176</v>
+        <v>73</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>177</v>
+        <v>74</v>
       </c>
       <c r="G82" s="9" t="s">
-        <v>36</v>
+        <v>75</v>
       </c>
     </row>
     <row r="83" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="8" t="s">
         <v>112</v>
       </c>
       <c r="B83" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>179</v>
+        <v>22</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>180</v>
+        <v>18</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>181</v>
+        <v>23</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="G83" s="9" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
     </row>
     <row r="84" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="8" t="s">
         <v>112</v>
       </c>
       <c r="B84" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>62</v>
+        <v>35</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>63</v>
+        <v>174</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>64</v>
+        <v>175</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>65</v>
+        <v>176</v>
       </c>
       <c r="G84" s="9" t="s">
-        <v>66</v>
+        <v>36</v>
       </c>
     </row>
     <row r="85" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="8" t="s">
         <v>112</v>
       </c>
       <c r="B85" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C85" s="3" t="s">
-        <v>67</v>
+        <v>178</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>14</v>
+        <v>179</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>68</v>
+        <v>180</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>69</v>
+        <v>26</v>
       </c>
       <c r="G85" s="9" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
     </row>
     <row r="86" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="8" t="s">
         <v>112</v>
       </c>
       <c r="B86" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>195</v>
+        <v>62</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>193</v>
+        <v>64</v>
+      </c>
+      <c r="F86" s="1" t="s">
+        <v>65</v>
       </c>
       <c r="G86" s="9" t="s">
-        <v>194</v>
+        <v>66</v>
       </c>
     </row>
     <row r="87" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="8" t="s">
         <v>112</v>
       </c>
       <c r="B87" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>43</v>
+        <v>68</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>44</v>
+        <v>69</v>
       </c>
       <c r="G87" s="9" t="s">
-        <v>45</v>
+        <v>70</v>
       </c>
     </row>
     <row r="88" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="8" t="s">
         <v>112</v>
       </c>
       <c r="B88" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>213</v>
+        <v>192</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>182</v>
+        <v>32</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>214</v>
-[...5 lines deleted...]
-        <v>215</v>
+        <v>33</v>
+      </c>
+      <c r="F88" s="23" t="s">
+        <v>190</v>
+      </c>
+      <c r="G88" s="9" t="s">
+        <v>191</v>
       </c>
     </row>
     <row r="89" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="8" t="s">
         <v>112</v>
       </c>
       <c r="B89" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C89" s="3" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G89" s="9" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="8" t="s">
         <v>112</v>
       </c>
       <c r="B90" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>156</v>
+        <v>210</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>18</v>
+        <v>181</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>135</v>
-[...5 lines deleted...]
-        <v>136</v>
+        <v>211</v>
+      </c>
+      <c r="F90" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="G90" s="36" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="91" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="8" t="s">
         <v>112</v>
       </c>
       <c r="B91" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>800990161</v>
+        <v>47</v>
+      </c>
+      <c r="F91" s="1" t="s">
+        <v>48</v>
       </c>
       <c r="G91" s="9" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A92" s="8" t="s">
         <v>112</v>
       </c>
       <c r="B92" s="4" t="s">
         <v>54</v>
       </c>
-      <c r="C92" s="1" t="s">
-        <v>158</v>
+      <c r="C92" s="3" t="s">
+        <v>155</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>119</v>
+        <v>18</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>159</v>
-[...5 lines deleted...]
-        <v>161</v>
+        <v>135</v>
+      </c>
+      <c r="F92" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="G92" s="9" t="s">
+        <v>136</v>
       </c>
     </row>
     <row r="93" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B93" s="4" t="s">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="C93" s="3" t="s">
-        <v>168</v>
+        <v>50</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-        <v>211</v>
+        <v>51</v>
+      </c>
+      <c r="F93" s="2">
+        <v>800990161</v>
       </c>
       <c r="G93" s="9" t="s">
-        <v>169</v>
+        <v>52</v>
       </c>
     </row>
     <row r="94" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B94" s="4" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>209</v>
+        <v>54</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>157</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>9</v>
+        <v>119</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>10</v>
-[...5 lines deleted...]
-        <v>12</v>
+        <v>158</v>
+      </c>
+      <c r="F94" s="12" t="s">
+        <v>159</v>
+      </c>
+      <c r="G94" t="s">
+        <v>160</v>
       </c>
     </row>
     <row r="95" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="8" t="s">
         <v>113</v>
       </c>
       <c r="B95" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>13</v>
+        <v>167</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>15</v>
+        <v>166</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>178</v>
+        <v>208</v>
+      </c>
+      <c r="G95" s="9" t="s">
+        <v>168</v>
       </c>
     </row>
     <row r="96" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A96" s="8" t="s">
         <v>113</v>
       </c>
       <c r="B96" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>17</v>
+        <v>206</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="G96" s="9" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="97" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A97" s="8" t="s">
         <v>113</v>
       </c>
       <c r="B97" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>16</v>
+      </c>
+      <c r="G97" s="19" t="s">
+        <v>177</v>
       </c>
     </row>
     <row r="98" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A98" s="8" t="s">
         <v>113</v>
       </c>
       <c r="B98" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>175</v>
+        <v>18</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>176</v>
+        <v>19</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>177</v>
+        <v>20</v>
       </c>
       <c r="G98" s="9" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
     </row>
     <row r="99" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A99" s="8" t="s">
         <v>113</v>
       </c>
       <c r="B99" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>179</v>
+        <v>22</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>180</v>
+        <v>18</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>181</v>
+        <v>23</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="G99" s="9" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
     </row>
     <row r="100" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="8" t="s">
         <v>113</v>
       </c>
       <c r="B100" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>18</v>
+        <v>174</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>38</v>
+        <v>175</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>39</v>
+        <v>176</v>
       </c>
       <c r="G100" s="9" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
     </row>
     <row r="101" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A101" s="8" t="s">
         <v>113</v>
       </c>
       <c r="B101" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C101" s="3" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>18</v>
+        <v>179</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>189</v>
+        <v>180</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>174</v>
+        <v>26</v>
       </c>
       <c r="G101" s="9" t="s">
-        <v>136</v>
+        <v>27</v>
       </c>
     </row>
     <row r="102" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A102" s="8" t="s">
         <v>113</v>
       </c>
       <c r="B102" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="C102" s="28" t="s">
-        <v>202</v>
+      <c r="C102" s="3" t="s">
+        <v>37</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>203</v>
+        <v>18</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>204</v>
-[...8 lines deleted...]
-    <row r="103" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>38</v>
+      </c>
+      <c r="F102" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="G102" s="9" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A103" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B103" s="4" t="s">
-        <v>77</v>
+        <v>8</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>80</v>
+        <v>155</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>82</v>
+        <v>186</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>83</v>
+        <v>173</v>
       </c>
       <c r="G103" s="9" t="s">
-        <v>84</v>
+        <v>136</v>
       </c>
     </row>
     <row r="104" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A104" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B104" s="4" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>179</v>
+        <v>8</v>
+      </c>
+      <c r="C104" s="28" t="s">
+        <v>199</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>180</v>
+        <v>200</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>181</v>
-[...5 lines deleted...]
-        <v>27</v>
+        <v>201</v>
+      </c>
+      <c r="F104" s="18" t="s">
+        <v>204</v>
+      </c>
+      <c r="G104" s="15" t="s">
+        <v>202</v>
       </c>
     </row>
     <row r="105" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A105" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B105" s="4" t="s">
-        <v>77</v>
+        <v>8</v>
       </c>
       <c r="C105" s="3" t="s">
-        <v>13</v>
+        <v>219</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>178</v>
+        <v>216</v>
+      </c>
+      <c r="F105" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="G105" s="38" t="s">
+        <v>218</v>
       </c>
     </row>
     <row r="106" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A106" s="8" t="s">
         <v>114</v>
       </c>
       <c r="B106" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>94</v>
+        <v>80</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>97</v>
+        <v>82</v>
+      </c>
+      <c r="F106" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="G106" s="9" t="s">
+        <v>84</v>
       </c>
     </row>
     <row r="107" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="8" t="s">
         <v>114</v>
       </c>
       <c r="B107" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>145</v>
+        <v>178</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>148</v>
+        <v>179</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>149</v>
-[...5 lines deleted...]
-        <v>146</v>
+        <v>180</v>
+      </c>
+      <c r="F107" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="G107" s="9" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="108" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="8" t="s">
         <v>114</v>
       </c>
       <c r="B108" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>51</v>
-[...5 lines deleted...]
-        <v>52</v>
+        <v>15</v>
+      </c>
+      <c r="F108" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G108" s="19" t="s">
+        <v>177</v>
       </c>
     </row>
     <row r="109" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A109" s="8" t="s">
         <v>114</v>
       </c>
       <c r="B109" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C109" s="3" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>91</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>196</v>
-[...5 lines deleted...]
-        <v>93</v>
+        <v>95</v>
+      </c>
+      <c r="F109" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="G109" s="14" t="s">
+        <v>97</v>
       </c>
     </row>
     <row r="110" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A110" s="8" t="s">
         <v>114</v>
       </c>
       <c r="B110" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>209</v>
+        <v>145</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>9</v>
+        <v>148</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>10</v>
-[...5 lines deleted...]
-        <v>12</v>
+        <v>149</v>
+      </c>
+      <c r="F110" s="18" t="s">
+        <v>147</v>
+      </c>
+      <c r="G110" s="15" t="s">
+        <v>146</v>
       </c>
     </row>
     <row r="111" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A111" s="8" t="s">
         <v>114</v>
       </c>
       <c r="B111" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C111" s="3" t="s">
-        <v>72</v>
+        <v>50</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>51</v>
+      </c>
+      <c r="F111" s="2">
+        <v>800990161</v>
       </c>
       <c r="G111" s="9" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A112" s="8" t="s">
         <v>114</v>
       </c>
       <c r="B112" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>152</v>
+        <v>90</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>208</v>
+        <v>91</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>193</v>
+      </c>
+      <c r="F112" s="1" t="s">
+        <v>92</v>
       </c>
       <c r="G112" s="9" t="s">
-        <v>144</v>
+        <v>93</v>
       </c>
     </row>
     <row r="113" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A113" s="8" t="s">
         <v>114</v>
       </c>
       <c r="B113" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C113" s="3" t="s">
-        <v>115</v>
+        <v>206</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>116</v>
+        <v>9</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>117</v>
+        <v>10</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>165</v>
+        <v>11</v>
       </c>
       <c r="G113" s="9" t="s">
-        <v>118</v>
+        <v>12</v>
       </c>
     </row>
     <row r="114" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A114" s="8" t="s">
         <v>114</v>
       </c>
       <c r="B114" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="G114" s="9" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A115" s="8" t="s">
         <v>114</v>
       </c>
       <c r="B115" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C115" s="3" t="s">
-        <v>195</v>
+        <v>152</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>32</v>
+        <v>205</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>193</v>
+        <v>142</v>
+      </c>
+      <c r="F115" s="12" t="s">
+        <v>143</v>
       </c>
       <c r="G115" s="9" t="s">
-        <v>194</v>
+        <v>144</v>
       </c>
     </row>
     <row r="116" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A116" s="8" t="s">
         <v>114</v>
       </c>
       <c r="B116" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>18</v>
+        <v>116</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>23</v>
+        <v>117</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>78</v>
+        <v>164</v>
       </c>
       <c r="G116" s="9" t="s">
-        <v>79</v>
+        <v>118</v>
       </c>
     </row>
     <row r="117" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A117" s="8" t="s">
         <v>114</v>
       </c>
       <c r="B117" s="4" t="s">
         <v>77</v>
       </c>
-      <c r="C117" s="29" t="s">
-        <v>201</v>
+      <c r="C117" s="3" t="s">
+        <v>67</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>197</v>
+        <v>14</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>198</v>
-[...5 lines deleted...]
-        <v>200</v>
+        <v>68</v>
+      </c>
+      <c r="F117" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="G117" s="9" t="s">
+        <v>70</v>
       </c>
     </row>
     <row r="118" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A118" s="8" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="B118" s="4" t="s">
-        <v>8</v>
+        <v>77</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>168</v>
+        <v>192</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-        <v>211</v>
+        <v>33</v>
+      </c>
+      <c r="F118" s="23" t="s">
+        <v>190</v>
       </c>
       <c r="G118" s="9" t="s">
-        <v>169</v>
+        <v>191</v>
       </c>
     </row>
     <row r="119" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A119" s="8" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="B119" s="4" t="s">
-        <v>8</v>
+        <v>77</v>
       </c>
       <c r="C119" s="3" t="s">
-        <v>209</v>
+        <v>220</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>9</v>
+        <v>221</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>10</v>
-[...5 lines deleted...]
-        <v>12</v>
+        <v>222</v>
+      </c>
+      <c r="F119" s="12" t="s">
+        <v>223</v>
+      </c>
+      <c r="G119" s="38" t="s">
+        <v>185</v>
       </c>
     </row>
     <row r="120" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A120" s="8" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="B120" s="4" t="s">
-        <v>8</v>
+        <v>77</v>
       </c>
       <c r="C120" s="3" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>178</v>
+        <v>78</v>
+      </c>
+      <c r="G120" s="9" t="s">
+        <v>79</v>
       </c>
     </row>
     <row r="121" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A121" s="8" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="B121" s="4" t="s">
-        <v>8</v>
+        <v>77</v>
       </c>
       <c r="C121" s="3" t="s">
-        <v>22</v>
+        <v>227</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>18</v>
+        <v>194</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>23</v>
-[...5 lines deleted...]
-        <v>25</v>
+        <v>195</v>
+      </c>
+      <c r="F121" s="18" t="s">
+        <v>196</v>
+      </c>
+      <c r="G121" s="15" t="s">
+        <v>197</v>
       </c>
     </row>
     <row r="122" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A122" s="8" t="s">
         <v>120</v>
       </c>
       <c r="B122" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C122" s="3" t="s">
-        <v>35</v>
+        <v>167</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>175</v>
+        <v>18</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>176</v>
+        <v>166</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>177</v>
+        <v>208</v>
       </c>
       <c r="G122" s="9" t="s">
-        <v>36</v>
+        <v>168</v>
       </c>
     </row>
     <row r="123" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A123" s="8" t="s">
         <v>120</v>
       </c>
       <c r="B123" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C123" s="3" t="s">
-        <v>179</v>
+        <v>206</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>180</v>
+        <v>9</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>181</v>
+        <v>10</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>11</v>
+      </c>
+      <c r="G123" s="9" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="124" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A124" s="8" t="s">
         <v>120</v>
       </c>
       <c r="B124" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C124" s="3" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>16</v>
+      </c>
+      <c r="G124" s="19" t="s">
+        <v>177</v>
       </c>
     </row>
     <row r="125" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A125" s="8" t="s">
         <v>120</v>
       </c>
       <c r="B125" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="C125" s="29" t="s">
-        <v>202</v>
+      <c r="C125" s="3" t="s">
+        <v>22</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>203</v>
+        <v>18</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>204</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>23</v>
+      </c>
+      <c r="F125" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="G125" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="126" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A126" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B126" s="4" t="s">
-        <v>77</v>
+        <v>8</v>
       </c>
       <c r="C126" s="3" t="s">
-        <v>94</v>
+        <v>35</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>91</v>
+        <v>174</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>97</v>
+        <v>175</v>
+      </c>
+      <c r="F126" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="G126" s="9" t="s">
+        <v>36</v>
       </c>
     </row>
     <row r="127" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A127" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B127" s="4" t="s">
-        <v>77</v>
+        <v>8</v>
       </c>
       <c r="C127" s="3" t="s">
-        <v>122</v>
+        <v>178</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>123</v>
+        <v>179</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>124</v>
+        <v>180</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>26</v>
+      </c>
+      <c r="G127" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="128" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A128" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B128" s="4" t="s">
-        <v>77</v>
+        <v>8</v>
       </c>
       <c r="C128" s="3" t="s">
-        <v>145</v>
+        <v>37</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>148</v>
+        <v>18</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>149</v>
-[...5 lines deleted...]
-        <v>146</v>
+        <v>38</v>
+      </c>
+      <c r="F128" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="G128" s="9" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="129" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A129" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B129" s="4" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>179</v>
+        <v>8</v>
+      </c>
+      <c r="C129" s="29" t="s">
+        <v>199</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>180</v>
+        <v>200</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>181</v>
-[...5 lines deleted...]
-        <v>27</v>
+        <v>201</v>
+      </c>
+      <c r="F129" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="G129" s="15" t="s">
+        <v>202</v>
       </c>
     </row>
     <row r="130" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A130" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B130" s="4" t="s">
-        <v>77</v>
+        <v>8</v>
       </c>
       <c r="C130" s="3" t="s">
-        <v>13</v>
+        <v>219</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>178</v>
+        <v>216</v>
+      </c>
+      <c r="F130" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="G130" s="38" t="s">
+        <v>218</v>
       </c>
     </row>
     <row r="131" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A131" s="8" t="s">
         <v>121</v>
       </c>
       <c r="B131" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C131" s="3" t="s">
-        <v>195</v>
+        <v>94</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>32</v>
+        <v>91</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>33</v>
-[...5 lines deleted...]
-        <v>194</v>
+        <v>95</v>
+      </c>
+      <c r="F131" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="G131" s="14" t="s">
+        <v>97</v>
       </c>
     </row>
     <row r="132" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A132" s="8" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="B132" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C132" s="3" t="s">
-        <v>13</v>
+        <v>122</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>14</v>
+        <v>123</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>15</v>
+        <v>124</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>178</v>
+        <v>163</v>
+      </c>
+      <c r="G132" s="14" t="s">
+        <v>125</v>
       </c>
     </row>
     <row r="133" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A133" s="8" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="B133" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C133" s="3" t="s">
-        <v>94</v>
+        <v>145</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>91</v>
+        <v>148</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>95</v>
+        <v>149</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>147</v>
+      </c>
+      <c r="G133" s="15" t="s">
+        <v>146</v>
       </c>
     </row>
     <row r="134" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A134" s="8" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="B134" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C134" s="3" t="s">
-        <v>145</v>
+        <v>178</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>148</v>
+        <v>179</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>149</v>
-[...8 lines deleted...]
-    <row r="135" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>180</v>
+      </c>
+      <c r="F134" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="G134" s="9" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="135" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A135" s="8" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="B135" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C135" s="3" t="s">
-        <v>152</v>
+        <v>13</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>208</v>
+        <v>14</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>142</v>
-[...5 lines deleted...]
-        <v>144</v>
+        <v>15</v>
+      </c>
+      <c r="F135" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G135" s="19" t="s">
+        <v>177</v>
       </c>
     </row>
     <row r="136" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A136" s="8" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="B136" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C136" s="3" t="s">
-        <v>179</v>
+        <v>192</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>180</v>
+        <v>32</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>33</v>
+      </c>
+      <c r="F136" s="23" t="s">
+        <v>190</v>
       </c>
       <c r="G136" s="9" t="s">
-        <v>27</v>
+        <v>191</v>
       </c>
     </row>
     <row r="137" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A137" s="8" t="s">
         <v>126</v>
       </c>
       <c r="B137" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C137" s="3" t="s">
-        <v>115</v>
+        <v>13</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>116</v>
+        <v>14</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>117</v>
+        <v>15</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>16</v>
+      </c>
+      <c r="G137" s="19" t="s">
+        <v>177</v>
       </c>
     </row>
     <row r="138" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A138" s="8" t="s">
         <v>126</v>
       </c>
       <c r="B138" s="4" t="s">
         <v>77</v>
       </c>
-      <c r="C138" s="11" t="s">
-        <v>80</v>
+      <c r="C138" s="3" t="s">
+        <v>94</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>82</v>
-[...5 lines deleted...]
-        <v>84</v>
+        <v>95</v>
+      </c>
+      <c r="F138" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="G138" s="14" t="s">
+        <v>97</v>
       </c>
     </row>
     <row r="139" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A139" s="8" t="s">
         <v>126</v>
       </c>
       <c r="B139" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C139" s="3" t="s">
-        <v>195</v>
+        <v>145</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>32</v>
+        <v>148</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>33</v>
-[...8 lines deleted...]
-    <row r="140" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>149</v>
+      </c>
+      <c r="F139" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="G139" s="15" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A140" s="8" t="s">
         <v>126</v>
       </c>
       <c r="B140" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C140" s="3" t="s">
-        <v>50</v>
+        <v>152</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>18</v>
+        <v>205</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>51</v>
-[...5 lines deleted...]
-        <v>52</v>
+        <v>142</v>
+      </c>
+      <c r="F140" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G140" s="14" t="s">
+        <v>144</v>
       </c>
     </row>
     <row r="141" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A141" s="8" t="s">
         <v>126</v>
       </c>
       <c r="B141" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C141" s="3" t="s">
-        <v>90</v>
+        <v>178</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>91</v>
+        <v>179</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>180</v>
+      </c>
+      <c r="F141" s="1" t="s">
+        <v>26</v>
       </c>
       <c r="G141" s="9" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
     </row>
     <row r="142" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A142" s="8" t="s">
         <v>126</v>
       </c>
       <c r="B142" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C142" s="3" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>18</v>
+        <v>116</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>23</v>
+        <v>117</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>78</v>
+        <v>164</v>
       </c>
       <c r="G142" s="9" t="s">
-        <v>79</v>
+        <v>118</v>
       </c>
     </row>
     <row r="143" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A143" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B143" s="4" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>170</v>
+        <v>77</v>
+      </c>
+      <c r="C143" s="11" t="s">
+        <v>80</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>55</v>
+        <v>81</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>171</v>
+        <v>82</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>172</v>
+        <v>83</v>
       </c>
       <c r="G143" s="9" t="s">
-        <v>173</v>
+        <v>84</v>
       </c>
     </row>
     <row r="144" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A144" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B144" s="4" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="C144" s="3" t="s">
-        <v>209</v>
+        <v>192</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>10</v>
-[...5 lines deleted...]
-        <v>12</v>
+        <v>33</v>
+      </c>
+      <c r="F144" s="23" t="s">
+        <v>190</v>
+      </c>
+      <c r="G144" t="s">
+        <v>191</v>
       </c>
     </row>
     <row r="145" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A145" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B145" s="4" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="C145" s="3" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>178</v>
+        <v>51</v>
+      </c>
+      <c r="F145" s="2">
+        <v>800990161</v>
+      </c>
+      <c r="G145" s="9" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="146" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A146" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B146" s="4" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="C146" s="3" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>42</v>
+        <v>91</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>193</v>
+      </c>
+      <c r="F146" t="s">
+        <v>92</v>
       </c>
       <c r="G146" s="9" t="s">
-        <v>75</v>
+        <v>93</v>
       </c>
     </row>
     <row r="147" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A147" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B147" s="4" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="C147" s="3" t="s">
         <v>22</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E147" s="1" t="s">
         <v>23</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>56</v>
+        <v>78</v>
       </c>
       <c r="G147" s="9" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="148" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A148" s="8" t="s">
         <v>127</v>
       </c>
       <c r="B148" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C148" s="3" t="s">
-        <v>152</v>
+        <v>169</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>208</v>
+        <v>55</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>142</v>
+        <v>170</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>143</v>
+        <v>171</v>
       </c>
       <c r="G148" s="9" t="s">
-        <v>144</v>
+        <v>172</v>
       </c>
     </row>
     <row r="149" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A149" s="8" t="s">
         <v>127</v>
       </c>
       <c r="B149" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C149" s="3" t="s">
-        <v>179</v>
+        <v>206</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>180</v>
+        <v>9</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>181</v>
+        <v>10</v>
       </c>
       <c r="F149" s="1" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="G149" s="9" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
     </row>
     <row r="150" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A150" s="8" t="s">
         <v>127</v>
       </c>
       <c r="B150" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C150" s="3" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>81</v>
+        <v>14</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>82</v>
+        <v>15</v>
       </c>
       <c r="F150" s="1" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>16</v>
+      </c>
+      <c r="G150" s="19" t="s">
+        <v>177</v>
       </c>
     </row>
     <row r="151" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A151" s="8" t="s">
         <v>127</v>
       </c>
       <c r="B151" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C151" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="G151" s="9" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="152" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A152" s="8" t="s">
         <v>127</v>
       </c>
       <c r="B152" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C152" s="3" t="s">
-        <v>195</v>
+        <v>22</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>193</v>
+        <v>23</v>
+      </c>
+      <c r="F152" s="1" t="s">
+        <v>56</v>
       </c>
       <c r="G152" s="9" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="153" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A153" s="8" t="s">
         <v>127</v>
       </c>
       <c r="B153" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C153" s="3" t="s">
-        <v>94</v>
+        <v>152</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>91</v>
+        <v>205</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>97</v>
+        <v>142</v>
+      </c>
+      <c r="F153" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="G153" s="9" t="s">
+        <v>144</v>
       </c>
     </row>
     <row r="154" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A154" s="8" t="s">
         <v>127</v>
       </c>
       <c r="B154" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C154" s="3" t="s">
-        <v>50</v>
+        <v>178</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>18</v>
+        <v>179</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>800990161</v>
+        <v>180</v>
+      </c>
+      <c r="F154" s="1" t="s">
+        <v>26</v>
       </c>
       <c r="G154" s="9" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
     </row>
     <row r="155" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A155" s="8" t="s">
         <v>127</v>
       </c>
       <c r="B155" s="4" t="s">
         <v>54</v>
       </c>
-      <c r="C155" s="1" t="s">
-        <v>158</v>
+      <c r="C155" s="3" t="s">
+        <v>80</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>119</v>
+        <v>81</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>160</v>
+        <v>82</v>
+      </c>
+      <c r="F155" s="1" t="s">
+        <v>83</v>
       </c>
       <c r="G155" s="9" t="s">
-        <v>161</v>
+        <v>84</v>
       </c>
     </row>
     <row r="156" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A156" s="8" t="s">
         <v>127</v>
       </c>
       <c r="B156" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C156" s="3" t="s">
-        <v>186</v>
+        <v>67</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>191</v>
+        <v>14</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>192</v>
-[...5 lines deleted...]
-        <v>187</v>
+        <v>68</v>
+      </c>
+      <c r="F156" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="G156" s="9" t="s">
+        <v>70</v>
       </c>
     </row>
     <row r="157" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A157" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B157" s="4" t="s">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="C157" s="3" t="s">
-        <v>168</v>
+        <v>192</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>167</v>
-[...5 lines deleted...]
-        <v>169</v>
+        <v>33</v>
+      </c>
+      <c r="F157" s="34" t="s">
+        <v>190</v>
+      </c>
+      <c r="G157" s="9" t="s">
+        <v>191</v>
       </c>
     </row>
     <row r="158" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A158" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B158" s="4" t="s">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="C158" s="3" t="s">
-        <v>209</v>
+        <v>94</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>9</v>
+        <v>91</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>10</v>
-[...5 lines deleted...]
-        <v>12</v>
+        <v>95</v>
+      </c>
+      <c r="F158" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="G158" s="35" t="s">
+        <v>97</v>
       </c>
     </row>
     <row r="159" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A159" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B159" s="4" t="s">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="C159" s="3" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>178</v>
+        <v>51</v>
+      </c>
+      <c r="F159" s="2">
+        <v>800990161</v>
+      </c>
+      <c r="G159" s="9" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="160" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A160" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B160" s="4" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>54</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>157</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>18</v>
+        <v>119</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>158</v>
+      </c>
+      <c r="F160" s="12" t="s">
+        <v>159</v>
       </c>
       <c r="G160" s="9" t="s">
-        <v>21</v>
+        <v>160</v>
       </c>
     </row>
     <row r="161" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A161" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B161" s="4" t="s">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="C161" s="3" t="s">
-        <v>22</v>
+        <v>224</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>18</v>
+        <v>188</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>23</v>
-[...5 lines deleted...]
-        <v>25</v>
+        <v>189</v>
+      </c>
+      <c r="F161" s="22" t="s">
+        <v>187</v>
+      </c>
+      <c r="G161" s="20" t="s">
+        <v>185</v>
       </c>
     </row>
     <row r="162" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A162" s="8" t="s">
         <v>128</v>
       </c>
       <c r="B162" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C162" s="3" t="s">
-        <v>35</v>
+        <v>167</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>175</v>
+        <v>18</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>177</v>
+        <v>166</v>
+      </c>
+      <c r="F162" t="s">
+        <v>208</v>
       </c>
       <c r="G162" t="s">
-        <v>36</v>
+        <v>168</v>
       </c>
     </row>
     <row r="163" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A163" s="8" t="s">
         <v>128</v>
       </c>
       <c r="B163" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C163" s="3" t="s">
-        <v>179</v>
+        <v>206</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>180</v>
+        <v>9</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>181</v>
+        <v>10</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="G163" s="9" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
     </row>
     <row r="164" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A164" s="8" t="s">
         <v>128</v>
       </c>
       <c r="B164" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C164" s="3" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>16</v>
+      </c>
+      <c r="G164" s="19" t="s">
+        <v>177</v>
       </c>
     </row>
     <row r="165" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A165" s="8" t="s">
         <v>128</v>
       </c>
       <c r="B165" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="C165" s="3" t="s">
-        <v>188</v>
+      <c r="C165" s="11" t="s">
+        <v>17</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>189</v>
+        <v>19</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>174</v>
+        <v>20</v>
       </c>
       <c r="G165" s="9" t="s">
-        <v>136</v>
+        <v>21</v>
       </c>
     </row>
     <row r="166" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A166" s="8" t="s">
         <v>128</v>
       </c>
       <c r="B166" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="C166" s="29" t="s">
-        <v>202</v>
+      <c r="C166" s="3" t="s">
+        <v>22</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>203</v>
+        <v>18</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>204</v>
-[...5 lines deleted...]
-        <v>205</v>
+        <v>23</v>
+      </c>
+      <c r="F166" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="G166" s="9" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="167" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A167" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B167" s="4" t="s">
-        <v>54</v>
+        <v>8</v>
       </c>
       <c r="C167" s="3" t="s">
-        <v>170</v>
+        <v>35</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>55</v>
+        <v>174</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>173</v>
+        <v>176</v>
+      </c>
+      <c r="G167" t="s">
+        <v>36</v>
       </c>
     </row>
     <row r="168" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A168" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B168" s="4" t="s">
-        <v>54</v>
+        <v>8</v>
       </c>
       <c r="C168" s="3" t="s">
-        <v>209</v>
+        <v>178</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>9</v>
+        <v>179</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>10</v>
+        <v>180</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="G168" s="9" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
     </row>
     <row r="169" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A169" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B169" s="4" t="s">
-        <v>54</v>
+        <v>8</v>
       </c>
       <c r="C169" s="3" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-    <row r="170" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+      <c r="G169" s="9" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="170" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A170" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B170" s="4" t="s">
-        <v>54</v>
+        <v>8</v>
       </c>
       <c r="C170" s="3" t="s">
-        <v>17</v>
+        <v>155</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>19</v>
+        <v>186</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>20</v>
+        <v>173</v>
       </c>
       <c r="G170" s="9" t="s">
-        <v>21</v>
+        <v>136</v>
       </c>
     </row>
     <row r="171" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A171" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B171" s="4" t="s">
-        <v>54</v>
+        <v>8</v>
       </c>
       <c r="C171" s="3" t="s">
-        <v>22</v>
+        <v>199</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>18</v>
+        <v>200</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>23</v>
-[...5 lines deleted...]
-        <v>25</v>
+        <v>201</v>
+      </c>
+      <c r="F171" s="18" t="s">
+        <v>204</v>
+      </c>
+      <c r="G171" s="15" t="s">
+        <v>202</v>
       </c>
     </row>
     <row r="172" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A172" s="8" t="s">
         <v>129</v>
       </c>
       <c r="B172" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C172" s="3" t="s">
-        <v>35</v>
+        <v>169</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>175</v>
+        <v>55</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="G172" s="9" t="s">
-        <v>36</v>
+        <v>172</v>
       </c>
     </row>
     <row r="173" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A173" s="8" t="s">
         <v>129</v>
       </c>
       <c r="B173" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C173" s="3" t="s">
-        <v>179</v>
+        <v>206</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>180</v>
+        <v>9</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>181</v>
+        <v>10</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="G173" s="9" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
     </row>
     <row r="174" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A174" s="8" t="s">
         <v>129</v>
       </c>
       <c r="B174" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C174" s="3" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>16</v>
+      </c>
+      <c r="G174" s="19" t="s">
+        <v>177</v>
       </c>
     </row>
     <row r="175" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A175" s="8" t="s">
         <v>129</v>
       </c>
       <c r="B175" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C175" s="3" t="s">
-        <v>195</v>
+        <v>17</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>193</v>
+        <v>19</v>
+      </c>
+      <c r="F175" s="1" t="s">
+        <v>20</v>
       </c>
       <c r="G175" s="9" t="s">
-        <v>194</v>
+        <v>21</v>
       </c>
     </row>
     <row r="176" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A176" s="8" t="s">
         <v>129</v>
       </c>
       <c r="B176" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C176" s="3" t="s">
-        <v>213</v>
+        <v>22</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>182</v>
+        <v>18</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>214</v>
-[...5 lines deleted...]
-        <v>215</v>
+        <v>23</v>
+      </c>
+      <c r="F176" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G176" s="9" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="177" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A177" s="8" t="s">
         <v>129</v>
       </c>
       <c r="B177" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C177" s="3" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>42</v>
+        <v>174</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>43</v>
+        <v>175</v>
       </c>
       <c r="F177" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>176</v>
+      </c>
+      <c r="G177" s="9" t="s">
+        <v>36</v>
       </c>
     </row>
     <row r="178" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A178" s="8" t="s">
         <v>129</v>
       </c>
       <c r="B178" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C178" s="3" t="s">
-        <v>46</v>
+        <v>178</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>14</v>
+        <v>179</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>47</v>
+        <v>180</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>26</v>
+      </c>
+      <c r="G178" s="9" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="179" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A179" s="8" t="s">
         <v>129</v>
       </c>
       <c r="B179" s="4" t="s">
         <v>54</v>
       </c>
-      <c r="C179" s="1" t="s">
-        <v>158</v>
+      <c r="C179" s="3" t="s">
+        <v>67</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>119</v>
+        <v>14</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>160</v>
+        <v>68</v>
+      </c>
+      <c r="F179" s="1" t="s">
+        <v>69</v>
       </c>
       <c r="G179" s="9" t="s">
-        <v>161</v>
+        <v>70</v>
       </c>
     </row>
     <row r="180" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A180" s="8" t="s">
         <v>129</v>
       </c>
       <c r="B180" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C180" s="3" t="s">
-        <v>50</v>
+        <v>192</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>800990161</v>
+        <v>33</v>
+      </c>
+      <c r="F180" s="23" t="s">
+        <v>190</v>
       </c>
       <c r="G180" s="9" t="s">
-        <v>52</v>
+        <v>191</v>
       </c>
     </row>
     <row r="181" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A181" s="8" t="s">
         <v>129</v>
       </c>
       <c r="B181" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C181" s="3" t="s">
-        <v>217</v>
+        <v>210</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>18</v>
+        <v>181</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>189</v>
-[...5 lines deleted...]
-        <v>136</v>
+        <v>211</v>
+      </c>
+      <c r="F181" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="G181" s="36" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="182" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A182" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B182" s="4" t="s">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="C182" s="3" t="s">
-        <v>170</v>
+        <v>41</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>171</v>
+        <v>43</v>
       </c>
       <c r="F182" s="1" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>173</v>
+        <v>44</v>
+      </c>
+      <c r="G182" t="s">
+        <v>45</v>
       </c>
     </row>
     <row r="183" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A183" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B183" s="4" t="s">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="C183" s="3" t="s">
-        <v>213</v>
+        <v>46</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>182</v>
+        <v>14</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>214</v>
-[...5 lines deleted...]
-        <v>215</v>
+        <v>47</v>
+      </c>
+      <c r="F183" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="G183" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="184" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A184" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B184" s="4" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>54</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>157</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>18</v>
+        <v>119</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-        <v>211</v>
+        <v>158</v>
+      </c>
+      <c r="F184" s="12" t="s">
+        <v>159</v>
       </c>
       <c r="G184" s="9" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
     </row>
     <row r="185" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A185" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B185" s="4" t="s">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="C185" s="3" t="s">
-        <v>209</v>
+        <v>50</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>51</v>
+      </c>
+      <c r="F185" s="2">
+        <v>800990161</v>
       </c>
       <c r="G185" s="9" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="186" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A186" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B186" s="4" t="s">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="C186" s="3" t="s">
-        <v>153</v>
+        <v>214</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>138</v>
+        <v>186</v>
+      </c>
+      <c r="F186" t="s">
+        <v>173</v>
       </c>
       <c r="G186" s="9" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
     </row>
     <row r="187" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A187" s="8" t="s">
         <v>130</v>
       </c>
       <c r="B187" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C187" s="3" t="s">
-        <v>13</v>
+        <v>169</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>14</v>
+        <v>55</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>15</v>
+        <v>170</v>
       </c>
       <c r="F187" s="1" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>178</v>
+        <v>171</v>
+      </c>
+      <c r="G187" s="9" t="s">
+        <v>172</v>
       </c>
     </row>
     <row r="188" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A188" s="8" t="s">
         <v>130</v>
       </c>
       <c r="B188" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C188" s="3" t="s">
-        <v>17</v>
+        <v>210</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>18</v>
+        <v>181</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>19</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>211</v>
+      </c>
+      <c r="F188" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="G188" s="36" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="189" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A189" s="8" t="s">
         <v>130</v>
       </c>
       <c r="B189" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C189" s="3" t="s">
-        <v>72</v>
+        <v>167</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>73</v>
+        <v>166</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>74</v>
+        <v>208</v>
       </c>
       <c r="G189" s="9" t="s">
-        <v>75</v>
+        <v>168</v>
       </c>
     </row>
     <row r="190" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A190" s="8" t="s">
         <v>130</v>
       </c>
       <c r="B190" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C190" s="3" t="s">
-        <v>22</v>
+        <v>206</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="G190" s="9" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="191" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A191" s="8" t="s">
         <v>130</v>
       </c>
       <c r="B191" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C191" s="3" t="s">
-        <v>179</v>
+        <v>153</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>180</v>
+        <v>42</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>181</v>
+        <v>137</v>
       </c>
       <c r="F191" s="1" t="s">
-        <v>26</v>
+        <v>138</v>
       </c>
       <c r="G191" s="9" t="s">
-        <v>27</v>
+        <v>139</v>
       </c>
     </row>
     <row r="192" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A192" s="8" t="s">
         <v>130</v>
       </c>
       <c r="B192" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C192" s="3" t="s">
-        <v>115</v>
+        <v>13</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>116</v>
+        <v>14</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>117</v>
+        <v>15</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>16</v>
+      </c>
+      <c r="G192" s="19" t="s">
+        <v>177</v>
       </c>
     </row>
     <row r="193" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A193" s="8" t="s">
         <v>130</v>
       </c>
       <c r="B193" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C193" s="3" t="s">
-        <v>67</v>
+        <v>17</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>68</v>
+        <v>19</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="G193" s="9" t="s">
-        <v>70</v>
+        <v>21</v>
       </c>
     </row>
     <row r="194" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A194" s="8" t="s">
         <v>130</v>
       </c>
       <c r="B194" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C194" s="3" t="s">
-        <v>195</v>
+        <v>72</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>193</v>
+        <v>73</v>
+      </c>
+      <c r="F194" s="1" t="s">
+        <v>74</v>
       </c>
       <c r="G194" s="9" t="s">
-        <v>194</v>
+        <v>75</v>
       </c>
     </row>
     <row r="195" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A195" s="8" t="s">
         <v>130</v>
       </c>
       <c r="B195" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C195" s="3" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>24</v>
+      </c>
+      <c r="G195" s="9" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="196" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A196" s="8" t="s">
         <v>130</v>
       </c>
       <c r="B196" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C196" s="3" t="s">
-        <v>46</v>
+        <v>178</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>14</v>
+        <v>179</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>47</v>
+        <v>180</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="G196" s="9" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
     </row>
     <row r="197" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A197" s="8" t="s">
         <v>130</v>
       </c>
       <c r="B197" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C197" s="3" t="s">
-        <v>50</v>
+        <v>115</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>18</v>
+        <v>116</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>800990161</v>
+        <v>117</v>
+      </c>
+      <c r="F197" s="1" t="s">
+        <v>164</v>
       </c>
       <c r="G197" s="9" t="s">
-        <v>52</v>
+        <v>118</v>
       </c>
     </row>
     <row r="198" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A198" s="8" t="s">
         <v>130</v>
       </c>
       <c r="B198" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C198" s="3" t="s">
-        <v>218</v>
-[...11 lines deleted...]
-        <v>185</v>
+        <v>67</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E198" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="F198" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="G198" s="9" t="s">
+        <v>70</v>
       </c>
     </row>
     <row r="199" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A199" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B199" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C199" s="3" t="s">
-        <v>209</v>
+        <v>192</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>33</v>
+      </c>
+      <c r="F199" s="23" t="s">
+        <v>190</v>
       </c>
       <c r="G199" s="9" t="s">
-        <v>12</v>
+        <v>191</v>
       </c>
     </row>
     <row r="200" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A200" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B200" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C200" s="3" t="s">
-        <v>213</v>
+        <v>41</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>182</v>
+        <v>42</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>214</v>
-[...5 lines deleted...]
-        <v>215</v>
+        <v>43</v>
+      </c>
+      <c r="F200" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="G200" t="s">
+        <v>45</v>
       </c>
     </row>
     <row r="201" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A201" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B201" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C201" s="3" t="s">
-        <v>168</v>
+        <v>46</v>
       </c>
       <c r="D201" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E201" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="F201" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="G201" s="9" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="202" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A202" s="8" t="s">
+        <v>130</v>
+      </c>
+      <c r="B202" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C202" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D202" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="E201" s="1" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="E202" s="1" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>138</v>
+        <v>51</v>
+      </c>
+      <c r="F202" s="2">
+        <v>800990161</v>
       </c>
       <c r="G202" s="9" t="s">
-        <v>139</v>
+        <v>52</v>
       </c>
     </row>
     <row r="203" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A203" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B203" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C203" s="3" t="s">
-        <v>13</v>
-[...11 lines deleted...]
-        <v>178</v>
+        <v>215</v>
+      </c>
+      <c r="D203" s="21" t="s">
+        <v>181</v>
+      </c>
+      <c r="E203" s="21" t="s">
+        <v>182</v>
+      </c>
+      <c r="F203" s="22" t="s">
+        <v>183</v>
+      </c>
+      <c r="G203" s="20" t="s">
+        <v>184</v>
       </c>
     </row>
     <row r="204" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A204" s="8" t="s">
         <v>131</v>
       </c>
       <c r="B204" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C204" s="3" t="s">
-        <v>17</v>
+        <v>219</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>19</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>216</v>
+      </c>
+      <c r="F204" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="G204" s="38" t="s">
+        <v>218</v>
       </c>
     </row>
     <row r="205" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A205" s="8" t="s">
         <v>131</v>
       </c>
       <c r="B205" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C205" s="3" t="s">
-        <v>22</v>
+        <v>206</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="G205" s="9" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="206" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A206" s="8" t="s">
         <v>131</v>
       </c>
       <c r="B206" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C206" s="3" t="s">
-        <v>35</v>
+        <v>210</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>176</v>
-[...5 lines deleted...]
-        <v>36</v>
+        <v>211</v>
+      </c>
+      <c r="F206" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="G206" s="36" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="207" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A207" s="8" t="s">
         <v>131</v>
       </c>
       <c r="B207" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C207" s="3" t="s">
-        <v>179</v>
+        <v>167</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>180</v>
+        <v>18</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>181</v>
+        <v>166</v>
       </c>
       <c r="F207" s="1" t="s">
-        <v>26</v>
+        <v>208</v>
       </c>
       <c r="G207" s="9" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:7" x14ac:dyDescent="0.25">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="208" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A208" s="8" t="s">
         <v>131</v>
       </c>
       <c r="B208" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C208" s="3" t="s">
-        <v>28</v>
+        <v>153</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>29</v>
+        <v>137</v>
       </c>
       <c r="F208" s="1" t="s">
-        <v>30</v>
+        <v>138</v>
       </c>
       <c r="G208" s="9" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:7" x14ac:dyDescent="0.25">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="209" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A209" s="8" t="s">
         <v>131</v>
       </c>
       <c r="B209" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C209" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E209" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="F209" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G209" s="19" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="210" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A210" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="B210" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C210" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E210" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="F210" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G210" s="9" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="211" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A211" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="B211" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C211" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E211" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="F211" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="G211" s="9" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="212" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A212" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="B212" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C212" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="E212" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="F212" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="G212" s="9" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="213" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A213" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="B213" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C213" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="E213" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="F213" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="G213" s="9" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="214" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A214" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="B214" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C214" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E214" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="F214" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="G214" s="9" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="215" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A215" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="B215" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C215" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="D209" s="1" t="s">
+      <c r="D215" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="E209" s="1" t="s">
+      <c r="E215" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="F209" s="1" t="s">
+      <c r="F215" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="G209" s="9" t="s">
+      <c r="G215" s="9" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="210" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A210" s="24" t="s">
+    <row r="216" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A216" s="24" t="s">
         <v>131</v>
       </c>
-      <c r="B210" s="25" t="s">
-[...5 lines deleted...]
-      <c r="D210" s="26" t="s">
+      <c r="B216" s="25" t="s">
+        <v>8</v>
+      </c>
+      <c r="C216" s="11" t="s">
+        <v>192</v>
+      </c>
+      <c r="D216" s="26" t="s">
         <v>32</v>
       </c>
-      <c r="E210" s="26" t="s">
+      <c r="E216" s="26" t="s">
         <v>33</v>
       </c>
-      <c r="F210" s="31" t="s">
-[...7 lines deleted...]
-      <c r="A211" s="24" t="s">
+      <c r="F216" s="31" t="s">
+        <v>190</v>
+      </c>
+      <c r="G216" s="27" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="217" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A217" s="24" t="s">
         <v>131</v>
       </c>
-      <c r="B211" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C211" s="30" t="s">
+      <c r="B217" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C217" s="30" t="s">
         <v>46</v>
       </c>
-      <c r="D211" s="26" t="s">
+      <c r="D217" s="26" t="s">
         <v>14</v>
       </c>
-      <c r="E211" s="26" t="s">
+      <c r="E217" s="26" t="s">
         <v>47</v>
       </c>
-      <c r="F211" s="26" t="s">
+      <c r="F217" s="26" t="s">
         <v>48</v>
       </c>
-      <c r="G211" s="27" t="s">
+      <c r="G217" s="27" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="212" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A212" s="24" t="s">
+    <row r="218" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A218" s="24" t="s">
         <v>131</v>
       </c>
-      <c r="B212" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C212" s="11" t="s">
+      <c r="B218" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C218" s="11" t="s">
         <v>50</v>
       </c>
-      <c r="D212" s="26" t="s">
+      <c r="D218" s="26" t="s">
         <v>18</v>
       </c>
-      <c r="E212" s="26" t="s">
+      <c r="E218" s="26" t="s">
         <v>51</v>
       </c>
-      <c r="F212" s="32">
+      <c r="F218" s="32">
         <v>800990161</v>
       </c>
-      <c r="G212" s="27" t="s">
+      <c r="G218" s="27" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="213" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A213" s="24" t="s">
+    <row r="219" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A219" s="24" t="s">
         <v>131</v>
       </c>
-      <c r="B213" s="4" t="s">
-[...5 lines deleted...]
-      <c r="D213" s="26" t="s">
+      <c r="B219" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C219" s="26" t="s">
+        <v>156</v>
+      </c>
+      <c r="D219" s="26" t="s">
         <v>18</v>
       </c>
-      <c r="E213" s="26" t="s">
+      <c r="E219" s="26" t="s">
         <v>133</v>
       </c>
-      <c r="F213" s="33" t="s">
+      <c r="F219" s="33" t="s">
         <v>134</v>
       </c>
-      <c r="G213" s="27" t="s">
+      <c r="G219" s="27" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="214" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A214" s="24" t="s">
+    <row r="220" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A220" s="24" t="s">
         <v>131</v>
       </c>
-      <c r="B214" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C214" s="26" t="s">
+      <c r="B220" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C220" s="26" t="s">
         <v>155</v>
       </c>
-      <c r="D214" s="26" t="s">
+      <c r="D220" s="26" t="s">
         <v>18</v>
       </c>
-      <c r="E214" s="26" t="s">
+      <c r="E220" s="26" t="s">
         <v>135</v>
       </c>
-      <c r="F214" s="26" t="s">
-[...2 lines deleted...]
-      <c r="G214" s="27" t="s">
+      <c r="F220" s="26" t="s">
+        <v>173</v>
+      </c>
+      <c r="G220" s="27" t="s">
         <v>136</v>
       </c>
     </row>
-    <row r="215" spans="1:7" ht="21" x14ac:dyDescent="0.25">
-      <c r="A215" s="17" t="s">
+    <row r="221" spans="1:7" ht="21" x14ac:dyDescent="0.25">
+      <c r="A221" s="17" t="s">
         <v>150</v>
       </c>
-      <c r="B215" s="17"/>
-[...2 lines deleted...]
-      <c r="A216" s="16" t="s">
+      <c r="B221" s="17"/>
+    </row>
+    <row r="222" spans="1:7" ht="21" x14ac:dyDescent="0.35">
+      <c r="A222" s="16" t="s">
         <v>151</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="G103" r:id="rId1" display="mailto:adi@fondazionecaseriposoriunite.it" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
-[...24 lines deleted...]
-    <hyperlink ref="G34" r:id="rId26" xr:uid="{00000000-0004-0000-0000-000019000000}"/>
+    <hyperlink ref="G106" r:id="rId1" display="mailto:adi@fondazionecaseriposoriunite.it" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="G155" r:id="rId2" display="mailto:adi@fondazionecaseriposoriunite.it" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
+    <hyperlink ref="G143" r:id="rId3" display="mailto:adi@fondazionecaseriposoriunite.it" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
+    <hyperlink ref="G73" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
+    <hyperlink ref="G48" r:id="rId5" display="mailto:adi@fondazionecaseriposoriunite.it" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
+    <hyperlink ref="G52" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
+    <hyperlink ref="G55" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
+    <hyperlink ref="G65" r:id="rId8" display="mailto:insubria@osa.coop" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
+    <hyperlink ref="G75" r:id="rId9" display="mailto:insubria@osa.coop" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
+    <hyperlink ref="G109" r:id="rId10" display="mailto:insubria@osa.coop" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
+    <hyperlink ref="G131" r:id="rId11" display="mailto:insubria@osa.coop" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
+    <hyperlink ref="G138" r:id="rId12" display="mailto:insubria@osa.coop" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
+    <hyperlink ref="G132" r:id="rId13" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
+    <hyperlink ref="G30" r:id="rId14" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
+    <hyperlink ref="G45" r:id="rId15" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
+    <hyperlink ref="G61" r:id="rId16" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
+    <hyperlink ref="G70" r:id="rId17" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
+    <hyperlink ref="G110" r:id="rId18" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
+    <hyperlink ref="G133" r:id="rId19" xr:uid="{00000000-0004-0000-0000-000012000000}"/>
+    <hyperlink ref="G139" r:id="rId20" xr:uid="{00000000-0004-0000-0000-000013000000}"/>
+    <hyperlink ref="G43" r:id="rId21" xr:uid="{00000000-0004-0000-0000-000014000000}"/>
+    <hyperlink ref="G94" r:id="rId22" xr:uid="{00000000-0004-0000-0000-000015000000}"/>
+    <hyperlink ref="G160" r:id="rId23" xr:uid="{00000000-0004-0000-0000-000016000000}"/>
+    <hyperlink ref="G184" r:id="rId24" xr:uid="{00000000-0004-0000-0000-000017000000}"/>
+    <hyperlink ref="G158" r:id="rId25" display="mailto:insubria@osa.coop" xr:uid="{00000000-0004-0000-0000-000018000000}"/>
+    <hyperlink ref="G35" r:id="rId26" xr:uid="{00000000-0004-0000-0000-000019000000}"/>
     <hyperlink ref="G3" r:id="rId27" xr:uid="{00000000-0004-0000-0000-00001A000000}"/>
     <hyperlink ref="G11" r:id="rId28" xr:uid="{00000000-0004-0000-0000-00001B000000}"/>
-    <hyperlink ref="G93" r:id="rId29" xr:uid="{00000000-0004-0000-0000-00001C000000}"/>
-[...8 lines deleted...]
-    <hyperlink ref="G182" r:id="rId38" xr:uid="{00000000-0004-0000-0000-000025000000}"/>
+    <hyperlink ref="G95" r:id="rId29" xr:uid="{00000000-0004-0000-0000-00001C000000}"/>
+    <hyperlink ref="G122" r:id="rId30" xr:uid="{00000000-0004-0000-0000-00001D000000}"/>
+    <hyperlink ref="G162" r:id="rId31" xr:uid="{00000000-0004-0000-0000-00001E000000}"/>
+    <hyperlink ref="G189" r:id="rId32" xr:uid="{00000000-0004-0000-0000-00001F000000}"/>
+    <hyperlink ref="G207" r:id="rId33" xr:uid="{00000000-0004-0000-0000-000020000000}"/>
+    <hyperlink ref="G24" r:id="rId34" xr:uid="{00000000-0004-0000-0000-000021000000}"/>
+    <hyperlink ref="G78" r:id="rId35" xr:uid="{00000000-0004-0000-0000-000022000000}"/>
+    <hyperlink ref="G148" r:id="rId36" xr:uid="{00000000-0004-0000-0000-000023000000}"/>
+    <hyperlink ref="G172" r:id="rId37" xr:uid="{00000000-0004-0000-0000-000024000000}"/>
+    <hyperlink ref="G187" r:id="rId38" xr:uid="{00000000-0004-0000-0000-000025000000}"/>
     <hyperlink ref="G4" r:id="rId39" xr:uid="{00000000-0004-0000-0000-000026000000}"/>
     <hyperlink ref="G12" r:id="rId40" xr:uid="{00000000-0004-0000-0000-000027000000}"/>
-    <hyperlink ref="G26" r:id="rId41" xr:uid="{00000000-0004-0000-0000-000028000000}"/>
-[...26 lines deleted...]
-    <hyperlink ref="G200" r:id="rId68" xr:uid="{E02AA4D9-3767-41B4-8C1F-070804BE45C2}"/>
+    <hyperlink ref="G27" r:id="rId41" xr:uid="{00000000-0004-0000-0000-000028000000}"/>
+    <hyperlink ref="G44" r:id="rId42" xr:uid="{00000000-0004-0000-0000-000029000000}"/>
+    <hyperlink ref="G59" r:id="rId43" xr:uid="{00000000-0004-0000-0000-00002A000000}"/>
+    <hyperlink ref="G69" r:id="rId44" xr:uid="{00000000-0004-0000-0000-00002B000000}"/>
+    <hyperlink ref="G80" r:id="rId45" xr:uid="{00000000-0004-0000-0000-00002C000000}"/>
+    <hyperlink ref="G97" r:id="rId46" xr:uid="{00000000-0004-0000-0000-00002D000000}"/>
+    <hyperlink ref="G108" r:id="rId47" xr:uid="{00000000-0004-0000-0000-00002E000000}"/>
+    <hyperlink ref="G124" r:id="rId48" xr:uid="{00000000-0004-0000-0000-00002F000000}"/>
+    <hyperlink ref="G135" r:id="rId49" xr:uid="{00000000-0004-0000-0000-000030000000}"/>
+    <hyperlink ref="G137" r:id="rId50" xr:uid="{00000000-0004-0000-0000-000031000000}"/>
+    <hyperlink ref="G150" r:id="rId51" xr:uid="{00000000-0004-0000-0000-000032000000}"/>
+    <hyperlink ref="G164" r:id="rId52" xr:uid="{00000000-0004-0000-0000-000033000000}"/>
+    <hyperlink ref="G174" r:id="rId53" xr:uid="{00000000-0004-0000-0000-000034000000}"/>
+    <hyperlink ref="G192" r:id="rId54" xr:uid="{00000000-0004-0000-0000-000035000000}"/>
+    <hyperlink ref="G209" r:id="rId55" xr:uid="{00000000-0004-0000-0000-000036000000}"/>
+    <hyperlink ref="G203" r:id="rId56" xr:uid="{00000000-0004-0000-0000-000037000000}"/>
+    <hyperlink ref="G161" r:id="rId57" xr:uid="{00000000-0004-0000-0000-000038000000}"/>
+    <hyperlink ref="G57" r:id="rId58" xr:uid="{00000000-0004-0000-0000-000039000000}"/>
+    <hyperlink ref="G121" r:id="rId59" xr:uid="{00000000-0004-0000-0000-00003A000000}"/>
+    <hyperlink ref="G104" r:id="rId60" xr:uid="{00000000-0004-0000-0000-00003B000000}"/>
+    <hyperlink ref="G129" r:id="rId61" xr:uid="{00000000-0004-0000-0000-00003C000000}"/>
+    <hyperlink ref="G171" r:id="rId62" xr:uid="{00000000-0004-0000-0000-00003D000000}"/>
+    <hyperlink ref="G22" r:id="rId63" xr:uid="{00000000-0004-0000-0000-00003E000000}"/>
+    <hyperlink ref="G25" r:id="rId64" xr:uid="{00000000-0004-0000-0000-00003F000000}"/>
+    <hyperlink ref="G90" r:id="rId65" xr:uid="{00000000-0004-0000-0000-000040000000}"/>
+    <hyperlink ref="G181" r:id="rId66" xr:uid="{00000000-0004-0000-0000-000041000000}"/>
+    <hyperlink ref="G188" r:id="rId67" xr:uid="{00000000-0004-0000-0000-000042000000}"/>
+    <hyperlink ref="G206" r:id="rId68" xr:uid="{00000000-0004-0000-0000-000043000000}"/>
+    <hyperlink ref="G23" r:id="rId69" xr:uid="{00000000-0004-0000-0000-000045000000}"/>
+    <hyperlink ref="G105" r:id="rId70" xr:uid="{00000000-0004-0000-0000-000046000000}"/>
+    <hyperlink ref="G130" r:id="rId71" xr:uid="{00000000-0004-0000-0000-000047000000}"/>
+    <hyperlink ref="G204" r:id="rId72" xr:uid="{00000000-0004-0000-0000-000048000000}"/>
+    <hyperlink ref="G54" r:id="rId73" xr:uid="{00000000-0004-0000-0000-00004B000000}"/>
+    <hyperlink ref="G119" r:id="rId74" xr:uid="{00000000-0004-0000-0000-00004C000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId69"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId75"/>
   <tableParts count="1">
-    <tablePart r:id="rId70"/>
+    <tablePart r:id="rId76"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="a132f300-9add-4207-89e3-3112703f036a" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="1417a50c-808b-41e5-b0cc-d01412f54869">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101003765370ADB4BD74FBD8950B2AE58E116" ma:contentTypeVersion="13" ma:contentTypeDescription="Creare un nuovo documento." ma:contentTypeScope="" ma:versionID="1eb86e0bee9575cbcdd4ccac56bd2f70">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1417a50c-808b-41e5-b0cc-d01412f54869" xmlns:ns3="a132f300-9add-4207-89e3-3112703f036a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d993dbd739b13f410f82b6d32a04c00d" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101003765370ADB4BD74FBD8950B2AE58E116" ma:contentTypeVersion="13" ma:contentTypeDescription="Creare un nuovo documento." ma:contentTypeScope="" ma:versionID="3edfae5c671d98053a612df8728ea47e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1417a50c-808b-41e5-b0cc-d01412f54869" xmlns:ns3="a132f300-9add-4207-89e3-3112703f036a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="be55ac8b03f6c9ce52fab250754a7c23" ns2:_="" ns3:_="">
     <xsd:import namespace="1417a50c-808b-41e5-b0cc-d01412f54869"/>
     <xsd:import namespace="a132f300-9add-4207-89e3-3112703f036a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -7009,76 +7246,76 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C4077497-624A-4167-9A07-28F53B2BE804}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="1417a50c-808b-41e5-b0cc-d01412f54869"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="a132f300-9add-4207-89e3-3112703f036a"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97155ADB-0815-4E96-88BD-D3502E813B95}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E5EC7B3-2ADB-405F-85A2-0E2C2044BD25}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8CE0D42E-64DB-4537-9B36-7FF4E26CF78E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1417a50c-808b-41e5-b0cc-d01412f54869"/>
     <ds:schemaRef ds:uri="a132f300-9add-4207-89e3-3112703f036a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>